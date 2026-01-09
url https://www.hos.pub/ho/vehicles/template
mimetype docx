--- v0 (2025-11-07)
+++ v1 (2026-01-09)
@@ -12,63 +12,63 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7B2B1790" w14:textId="77777777" w:rsidR="00D10DC4" w:rsidRDefault="00D10DC4" w:rsidP="00D10DC4">
+    <w:p w14:paraId="7B2B1790" w14:textId="3BDB4FF9" w:rsidR="00D10DC4" w:rsidRDefault="00D10DC4" w:rsidP="00D10DC4">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article Type </w:t>
+        <w:t xml:space="preserve">Type </w:t>
       </w:r>
       <w:r w:rsidRPr="001E1D98">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(Please indicate the article type: Article, Review, Systematic Review)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67B1536C" w14:textId="77777777" w:rsidR="00675805" w:rsidRPr="00431B0D" w:rsidRDefault="00675805" w:rsidP="00675805">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
@@ -145,108 +145,121 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Firstname</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> M. Lastname </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t xml:space="preserve">2,† </w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t>2,†</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00431B0D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Firstname</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Lastname </w:t>
-      </w:r>
+        <w:t>Firstname</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
-          <w:vertAlign w:val="superscript"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lastname </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00431B0D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="0AFF1AB1" w14:textId="20AD7EE9" w:rsidR="00675805" w:rsidRPr="00431B0D" w:rsidRDefault="00675805" w:rsidP="00675805">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="216" w:hanging="216"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -501,127 +514,50 @@
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ORCIDs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BF3273D" w14:textId="77777777" w:rsidR="00675805" w:rsidRPr="002D0E91" w:rsidRDefault="00675805" w:rsidP="00675805">
       <w:pPr>
         <w:spacing w:before="120" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D0E91">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>All authors are encouraged to provide their 16-digit ORCID (e.g., 0000-0001-2345-6789) to be included in the final published paper to distinguish them from other researchers. ORCIDs can be added during manuscript submission, or at final proofreading stage if paper is accepted for publication.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18B4A271" w14:textId="77777777" w:rsidR="00204DFA" w:rsidRDefault="00204DFA" w:rsidP="00204DFA">
-[...75 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="7A352E9E" w14:textId="6D982880" w:rsidR="00675805" w:rsidRPr="00431B0D" w:rsidRDefault="00675805" w:rsidP="00675805">
       <w:pPr>
         <w:spacing w:before="240" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="654A4CF8" w14:textId="77777777" w:rsidR="00675805" w:rsidRPr="00431B0D" w:rsidRDefault="00675805" w:rsidP="00563A31">
       <w:pPr>
         <w:spacing w:before="120" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
@@ -926,83 +862,83 @@
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>3.1. Subheading</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56D0B819" w14:textId="77777777" w:rsidR="00675805" w:rsidRPr="00431B0D" w:rsidRDefault="00675805" w:rsidP="00675805">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Main text</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20337CB0" w14:textId="77777777" w:rsidR="00675805" w:rsidRPr="00431B0D" w:rsidRDefault="00675805" w:rsidP="00675805">
       <w:pPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>3.2. Figures, Tables, Schemes, Formulas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72432B19" w14:textId="77777777" w:rsidR="00675805" w:rsidRPr="00431B0D" w:rsidRDefault="00675805" w:rsidP="00675805">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">All figures and tables should be cited in the main text as Figure 1, Table 1, </w:t>
       </w:r>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>etc</w:t>
       </w:r>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>. and should be placed in the main text near to the first time they are cited.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FB80031" w14:textId="7A98F35C" w:rsidR="00675805" w:rsidRDefault="00675805" w:rsidP="00675805">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1477"/>
           <w:tab w:val="left" w:pos="1986"/>
           <w:tab w:val="center" w:pos="5102"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
@@ -1029,54 +965,54 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="53AC6577" wp14:editId="78A8B392">
             <wp:extent cx="1828800" cy="1828800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Graphic 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Graphic 4"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId11"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1828800" cy="1828800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="60EC480B" w14:textId="77777777" w:rsidR="00675805" w:rsidRPr="00431B0D" w:rsidRDefault="00675805" w:rsidP="00675805">
       <w:pPr>
@@ -2281,100 +2217,100 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Authors of peer-reviewed articles should state any data associated with an article whenever possible, i.e., where data supporting the results reported in a published article can be found, including hyperlinks to publicly archived datasets analyzed or generated during the study. In situations where no new data have been created or analyzed, such as a review, please state the following wording: "No new data were created or analyzed in this work. Data sharing is not applicable to this article."</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20881A9B" w14:textId="77777777" w:rsidR="00E43E12" w:rsidRDefault="00E43E12" w:rsidP="00E43E12">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Details of data sharing policies can be found at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:anchor="data-l" w:history="1">
+      <w:hyperlink r:id="rId12" w:anchor="data-l" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>Data and Materials Availability</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="694724A7" w14:textId="77777777" w:rsidR="00675805" w:rsidRPr="00431B0D" w:rsidRDefault="00675805" w:rsidP="00675805">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Supplementary Materials</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69560C68" w14:textId="77777777" w:rsidR="00675805" w:rsidRPr="00252252" w:rsidRDefault="00675805" w:rsidP="00675805">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00252252">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Supplementary Materials will be peer-reviewed together with the manuscript, and will be uploaded to the published article page. All of the Supplementary Materials must be cited in the main text. The following statements will be included into the final published article:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2526E7A5" w14:textId="77777777" w:rsidR="00675805" w:rsidRPr="00431B0D" w:rsidRDefault="00675805" w:rsidP="00675805">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>The following supplementary</w:t>
       </w:r>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2478,51 +2414,51 @@
         </w:rPr>
         <w:t xml:space="preserve">mandatory for research articles </w:t>
       </w:r>
       <w:r w:rsidRPr="006509C9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>authored by two or more authors. Please remove this section if you are the sole author.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A46FA4A" w14:textId="53A24D33" w:rsidR="00675805" w:rsidRPr="00431B0D" w:rsidRDefault="00675805" w:rsidP="00675805">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Each author should contribute substantially to the work. Authors are recommended to refer to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00431B0D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>CRediT</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> roles:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FFCB47D" w14:textId="77777777" w:rsidR="00675805" w:rsidRPr="00431B0D" w:rsidRDefault="00675805" w:rsidP="00675805">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -3591,51 +3527,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3CB57CCE" w14:textId="5F5B0104" w:rsidR="00A96C4E" w:rsidRDefault="00A96C4E" w:rsidP="00A96C4E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Surname, A. A. (Year). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">Title of Thesis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>[Level of Thesis, Degree-Granting University]. Name of Repository. Website URL</w:t>
       </w:r>
       <w:r w:rsidR="00C56D82">
         <w:rPr>
           <w:color w:val="auto"/>
@@ -3656,93 +3591,94 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="20879010" w14:textId="77777777" w:rsidR="00675805" w:rsidRPr="00431B0D" w:rsidRDefault="00675805" w:rsidP="00675805">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Surname, A. A., Surname, B. B., &amp; Surname, C. C. (Day Month Year). Title of Newspaper Article. </w:t>
       </w:r>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Newspaper Title</w:t>
       </w:r>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>. Website URL (accessed Day Month Year).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="640469B8" w14:textId="723A1575" w:rsidR="002D5289" w:rsidRDefault="00675805" w:rsidP="00675805">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:sectPr w:rsidR="002D5289" w:rsidSect="00554D14">
-          <w:headerReference w:type="default" r:id="rId15"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId18"/>
+          <w:headerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
+          <w:headerReference w:type="first" r:id="rId16"/>
+          <w:footerReference w:type="first" r:id="rId17"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="864" w:footer="432" w:gutter="0"/>
           <w:lnNumType w:countBy="1" w:restart="continuous"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="425"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">Surname, A. A. (Year). </w:t>
       </w:r>
       <w:r w:rsidRPr="00431B0D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -3874,54 +3810,54 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="57D7F4D3" wp14:editId="12D83692">
             <wp:extent cx="1828800" cy="1828800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="Graphic 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Graphic 4"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId11"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1828800" cy="1828800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="74A425A8" w14:textId="77777777" w:rsidR="00675805" w:rsidRPr="00431B0D" w:rsidRDefault="00675805" w:rsidP="00675805">
       <w:pPr>
@@ -4379,61 +4315,61 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="69B0EB93" w14:textId="71C6B903" w:rsidR="00ED7FDE" w:rsidRPr="00431B0D" w:rsidRDefault="00ED7FDE" w:rsidP="00675805"/>
     <w:sectPr w:rsidR="00ED7FDE" w:rsidRPr="00431B0D" w:rsidSect="00554D14">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="864" w:footer="432" w:gutter="0"/>
       <w:lnNumType w:countBy="1" w:restart="continuous"/>
       <w:cols w:space="425"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26AB75FF" w14:textId="77777777" w:rsidR="00625618" w:rsidRDefault="00625618">
+    <w:p w14:paraId="5E4920FB" w14:textId="77777777" w:rsidR="00401D3D" w:rsidRDefault="00401D3D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4BE3DFD3" w14:textId="77777777" w:rsidR="00625618" w:rsidRDefault="00625618">
+    <w:p w14:paraId="5E75EE95" w14:textId="77777777" w:rsidR="00401D3D" w:rsidRDefault="00401D3D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4844,61 +4780,61 @@
           </w:hyperlink>
         </w:p>
       </w:tc>
     </w:tr>
     <w:bookmarkEnd w:id="0"/>
   </w:tbl>
   <w:p w14:paraId="5B037570" w14:textId="77777777" w:rsidR="00447AF2" w:rsidRPr="00142565" w:rsidRDefault="00447AF2" w:rsidP="00FE0F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="9497"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="147E05F0" w14:textId="77777777" w:rsidR="00625618" w:rsidRDefault="00625618">
+    <w:p w14:paraId="76AB7159" w14:textId="77777777" w:rsidR="00401D3D" w:rsidRDefault="00401D3D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="143F5191" w14:textId="77777777" w:rsidR="00625618" w:rsidRDefault="00625618">
+    <w:p w14:paraId="687CC797" w14:textId="77777777" w:rsidR="00401D3D" w:rsidRDefault="00401D3D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid61"/>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:jc w:val="center"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="7F7F7F"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5058,51 +4994,50 @@
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:jc w:val="center"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="7F7F7F"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9026"/>
     </w:tblGrid>
     <w:tr w:rsidR="0011437A" w:rsidRPr="00E710C4" w14:paraId="3621539B" w14:textId="77777777" w:rsidTr="00CF4197">
       <w:trPr>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5000" w:type="pct"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:noWrap/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="152E8E99" w14:textId="1C5EE975" w:rsidR="0011437A" w:rsidRPr="007B5F08" w:rsidRDefault="00657AAA" w:rsidP="0011437A">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:pBdr>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:pBdr>
             <w:spacing w:before="20" w:after="40" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="002EFB0F" wp14:editId="25622D5A">
                 <wp:extent cx="1152144" cy="164592"/>
@@ -8280,93 +8215,93 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="170"/>
+  <w:zoom w:percent="169"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="505"/>
   <w:autoHyphenation/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="163"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:adjustLineHeightInTable/>
     <w:applyBreakingRules/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
-    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2ACIjMyMTS0tTMxNzcyUdpeDU4uLM/DyQAhOjWgDFLv+aLQAAAA=="/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2ACIjMyMTS0tTMxNzcyUdpeDU4uLM/DyQAhPjWgCEH+SDLQAAAA=="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00B30F73"/>
     <w:rsid w:val="00000BEE"/>
     <w:rsid w:val="00003483"/>
     <w:rsid w:val="0000361B"/>
     <w:rsid w:val="00003CD5"/>
     <w:rsid w:val="00005AC3"/>
     <w:rsid w:val="00005CFB"/>
     <w:rsid w:val="00006988"/>
     <w:rsid w:val="00012E37"/>
     <w:rsid w:val="00014D8D"/>
     <w:rsid w:val="00017CFF"/>
     <w:rsid w:val="000216F7"/>
     <w:rsid w:val="00024827"/>
     <w:rsid w:val="0002554A"/>
     <w:rsid w:val="000257E6"/>
     <w:rsid w:val="000309A8"/>
     <w:rsid w:val="00031322"/>
     <w:rsid w:val="0003183D"/>
     <w:rsid w:val="00032CDE"/>
     <w:rsid w:val="00034F35"/>
     <w:rsid w:val="00036623"/>
     <w:rsid w:val="00037FCE"/>
     <w:rsid w:val="000404F2"/>
@@ -8412,50 +8347,51 @@
     <w:rsid w:val="000C5B07"/>
     <w:rsid w:val="000C63AC"/>
     <w:rsid w:val="000C73FD"/>
     <w:rsid w:val="000C7413"/>
     <w:rsid w:val="000C78A3"/>
     <w:rsid w:val="000D120D"/>
     <w:rsid w:val="000D2AA7"/>
     <w:rsid w:val="000D4CAC"/>
     <w:rsid w:val="000D57EA"/>
     <w:rsid w:val="000D6BBE"/>
     <w:rsid w:val="000E03A7"/>
     <w:rsid w:val="000E6D1B"/>
     <w:rsid w:val="000E6E59"/>
     <w:rsid w:val="000F0666"/>
     <w:rsid w:val="000F302C"/>
     <w:rsid w:val="000F7719"/>
     <w:rsid w:val="00100049"/>
     <w:rsid w:val="00106EE4"/>
     <w:rsid w:val="0011003F"/>
     <w:rsid w:val="00112B90"/>
     <w:rsid w:val="0011301A"/>
     <w:rsid w:val="00113A18"/>
     <w:rsid w:val="0011437A"/>
     <w:rsid w:val="00114389"/>
     <w:rsid w:val="00114BEB"/>
+    <w:rsid w:val="0011598C"/>
     <w:rsid w:val="001211D7"/>
     <w:rsid w:val="00121543"/>
     <w:rsid w:val="001228BC"/>
     <w:rsid w:val="00123B30"/>
     <w:rsid w:val="00125893"/>
     <w:rsid w:val="001273A7"/>
     <w:rsid w:val="00127A6C"/>
     <w:rsid w:val="001304AA"/>
     <w:rsid w:val="00132DE8"/>
     <w:rsid w:val="00134830"/>
     <w:rsid w:val="001362A5"/>
     <w:rsid w:val="001376E2"/>
     <w:rsid w:val="00140976"/>
     <w:rsid w:val="00140C11"/>
     <w:rsid w:val="00142565"/>
     <w:rsid w:val="001427C9"/>
     <w:rsid w:val="00145082"/>
     <w:rsid w:val="0014536A"/>
     <w:rsid w:val="00151397"/>
     <w:rsid w:val="001519B6"/>
     <w:rsid w:val="00152333"/>
     <w:rsid w:val="001528FC"/>
     <w:rsid w:val="001532A3"/>
     <w:rsid w:val="00154DBE"/>
     <w:rsid w:val="00157F63"/>
@@ -8533,50 +8469,51 @@
     <w:rsid w:val="002016BF"/>
     <w:rsid w:val="00202F37"/>
     <w:rsid w:val="0020334A"/>
     <w:rsid w:val="00203693"/>
     <w:rsid w:val="00203DB4"/>
     <w:rsid w:val="00204DFA"/>
     <w:rsid w:val="00205AC7"/>
     <w:rsid w:val="00206846"/>
     <w:rsid w:val="00207BE3"/>
     <w:rsid w:val="00207EAC"/>
     <w:rsid w:val="00210673"/>
     <w:rsid w:val="00210961"/>
     <w:rsid w:val="002116A3"/>
     <w:rsid w:val="00212FAA"/>
     <w:rsid w:val="00214188"/>
     <w:rsid w:val="00216BEE"/>
     <w:rsid w:val="002201F6"/>
     <w:rsid w:val="002206D4"/>
     <w:rsid w:val="0022101C"/>
     <w:rsid w:val="00223A11"/>
     <w:rsid w:val="002252AC"/>
     <w:rsid w:val="00226C6A"/>
     <w:rsid w:val="0022739E"/>
     <w:rsid w:val="002279AF"/>
     <w:rsid w:val="00231EDF"/>
+    <w:rsid w:val="00233DBB"/>
     <w:rsid w:val="00234E74"/>
     <w:rsid w:val="0023651D"/>
     <w:rsid w:val="00241527"/>
     <w:rsid w:val="002415AD"/>
     <w:rsid w:val="0024160C"/>
     <w:rsid w:val="00243696"/>
     <w:rsid w:val="00244038"/>
     <w:rsid w:val="0025037C"/>
     <w:rsid w:val="00252252"/>
     <w:rsid w:val="00254542"/>
     <w:rsid w:val="00260F50"/>
     <w:rsid w:val="002617B5"/>
     <w:rsid w:val="00263634"/>
     <w:rsid w:val="00264DB6"/>
     <w:rsid w:val="00265A62"/>
     <w:rsid w:val="00265E65"/>
     <w:rsid w:val="00267249"/>
     <w:rsid w:val="002703DE"/>
     <w:rsid w:val="002707EE"/>
     <w:rsid w:val="002714A8"/>
     <w:rsid w:val="00273354"/>
     <w:rsid w:val="002738D6"/>
     <w:rsid w:val="00274053"/>
     <w:rsid w:val="0027405E"/>
     <w:rsid w:val="00274FAF"/>
@@ -8688,50 +8625,51 @@
     <w:rsid w:val="003C6B21"/>
     <w:rsid w:val="003C6FBB"/>
     <w:rsid w:val="003D0489"/>
     <w:rsid w:val="003D0BAD"/>
     <w:rsid w:val="003D2937"/>
     <w:rsid w:val="003D40A4"/>
     <w:rsid w:val="003D4CCC"/>
     <w:rsid w:val="003D50E4"/>
     <w:rsid w:val="003D6496"/>
     <w:rsid w:val="003D6578"/>
     <w:rsid w:val="003E0B7C"/>
     <w:rsid w:val="003E1EE6"/>
     <w:rsid w:val="003E3C68"/>
     <w:rsid w:val="003E4987"/>
     <w:rsid w:val="003E67A1"/>
     <w:rsid w:val="003E6B07"/>
     <w:rsid w:val="003E7C8C"/>
     <w:rsid w:val="003F04C3"/>
     <w:rsid w:val="003F0EF5"/>
     <w:rsid w:val="003F15E2"/>
     <w:rsid w:val="003F5329"/>
     <w:rsid w:val="003F62BA"/>
     <w:rsid w:val="003F7C56"/>
     <w:rsid w:val="00401B33"/>
     <w:rsid w:val="00401D30"/>
+    <w:rsid w:val="00401D3D"/>
     <w:rsid w:val="004025AB"/>
     <w:rsid w:val="004039E3"/>
     <w:rsid w:val="00404344"/>
     <w:rsid w:val="004067D5"/>
     <w:rsid w:val="00407083"/>
     <w:rsid w:val="00407587"/>
     <w:rsid w:val="00411EB7"/>
     <w:rsid w:val="0041209D"/>
     <w:rsid w:val="00417958"/>
     <w:rsid w:val="0042023A"/>
     <w:rsid w:val="004238B8"/>
     <w:rsid w:val="0042425C"/>
     <w:rsid w:val="00424EF7"/>
     <w:rsid w:val="0042692C"/>
     <w:rsid w:val="00430662"/>
     <w:rsid w:val="00430703"/>
     <w:rsid w:val="00431B0D"/>
     <w:rsid w:val="00432487"/>
     <w:rsid w:val="004335A0"/>
     <w:rsid w:val="00433977"/>
     <w:rsid w:val="00435004"/>
     <w:rsid w:val="00437707"/>
     <w:rsid w:val="00440EDD"/>
     <w:rsid w:val="004419FE"/>
     <w:rsid w:val="00443A66"/>
@@ -12184,51 +12122,51 @@
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2098746711">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="iso-8859-6"/>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hos.pub/info/publication-ethics" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hos.pub/ho/vehicles/instructions" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hos.pub/info/publication-ethics" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hos.pub" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hos.pub" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hos.pub" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hos.pub/ho/vehicles" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///E:\&#24037;&#20316;\layout\templates\HighlightsSustain-template.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -12511,59 +12449,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D58140ECE240E84F98178B63062FF24F" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c201a68830ee249f8d596ee3380ac0d0">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="e67aecac-9065-4a7c-8ab6-dfbf785edce7" xmlns:ns4="6fc5e291-2c4e-4869-b2d6-7fb70f2e206a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e95d87a40d1d3ceb6200ace422b05860" ns3:_="" ns4:_="">
     <xsd:import namespace="e67aecac-9065-4a7c-8ab6-dfbf785edce7"/>
     <xsd:import namespace="6fc5e291-2c4e-4869-b2d6-7fb70f2e206a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -12742,119 +12671,128 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1C1C010-BD46-4A7C-8DB4-C5D4F97DD467}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F58D971D-0CA9-4949-957E-29AB035234DD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e67aecac-9065-4a7c-8ab6-dfbf785edce7"/>
     <ds:schemaRef ds:uri="6fc5e291-2c4e-4869-b2d6-7fb70f2e206a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1C1C010-BD46-4A7C-8DB4-C5D4F97DD467}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{449743AA-26EB-4DA2-A6B5-F0C5683C21F9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>HighlightsSustain-template.dot</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1188</Words>
-  <Characters>6772</Characters>
+  <Words>1157</Words>
+  <Characters>6595</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>56</Lines>
+  <Lines>54</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Highlights of Sustainability Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7945</CharactersWithSpaces>
+  <CharactersWithSpaces>7737</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>5439561</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.hos.pub/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5439561</vt:i4>
       </vt:variant>
       <vt:variant>