--- v0 (2025-10-09)
+++ v1 (2026-01-03)
@@ -12,63 +12,63 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0140C954" w14:textId="183FF356" w:rsidR="009B742D" w:rsidRDefault="009B742D" w:rsidP="009B742D">
+    <w:p w14:paraId="0140C954" w14:textId="03098FEF" w:rsidR="009B742D" w:rsidRDefault="009B742D" w:rsidP="009B742D">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article Type </w:t>
+        <w:t xml:space="preserve">Type </w:t>
       </w:r>
       <w:r w:rsidRPr="001E1D98">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="001A152F" w:rsidRPr="001E1D98">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Please indicate the article type: </w:t>
       </w:r>
       <w:r w:rsidRPr="001E1D98">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Article, Review, Systematic Review)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0222DC1F" w14:textId="77777777" w:rsidR="00264DB6" w:rsidRPr="00AC467F" w:rsidRDefault="00557212" w:rsidP="00E9643A">
       <w:pPr>
@@ -160,108 +160,121 @@
       </w:r>
       <w:r w:rsidRPr="002E252B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Firstname</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> M. Lastname </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t xml:space="preserve">2,† </w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t>2,†</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC467F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Firstname</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Lastname </w:t>
-      </w:r>
+        <w:t>Firstname</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
-          <w:vertAlign w:val="superscript"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lastname </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC467F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="13228363" w14:textId="1DC45401" w:rsidR="0032490F" w:rsidRPr="00AC467F" w:rsidRDefault="00557212" w:rsidP="007E0DF8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="216" w:hanging="216"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -726,127 +739,50 @@
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ORCIDs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="703E31B6" w14:textId="6B875E4E" w:rsidR="003F5812" w:rsidRPr="006509C9" w:rsidRDefault="003F5812" w:rsidP="003F5812">
       <w:pPr>
         <w:spacing w:before="120" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006509C9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>All authors are encouraged to provide their 16-digit ORCID (e.g., 0000-0001-2345-6789) to be included in the final published paper to distinguish them from other researchers. ORCIDs can be added during manuscript submission, or at final proofreading stage if paper is accepted for publication.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4339CEAC" w14:textId="77777777" w:rsidR="000C7076" w:rsidRDefault="000C7076" w:rsidP="000C7076">
-[...75 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="63932E14" w14:textId="20AD33B9" w:rsidR="00935A67" w:rsidRPr="00AC467F" w:rsidRDefault="00613B31" w:rsidP="00E9643A">
       <w:pPr>
         <w:spacing w:before="240" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="205BAD9A" w14:textId="77777777" w:rsidR="00613B31" w:rsidRPr="00AC467F" w:rsidRDefault="00460A9D" w:rsidP="009B742D">
       <w:pPr>
         <w:spacing w:before="120" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
@@ -1261,51 +1197,50 @@
         </w:rPr>
         <w:t>3.1. Sub</w:t>
       </w:r>
       <w:r w:rsidR="00792A69" w:rsidRPr="00AC467F">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>heading</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="374DD624" w14:textId="77777777" w:rsidR="00EA6D7C" w:rsidRPr="00AC467F" w:rsidRDefault="00EA6D7C" w:rsidP="00972990">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Main text</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="401CFFC4" w14:textId="1BB4587D" w:rsidR="00613B31" w:rsidRPr="00AC467F" w:rsidRDefault="00613B31" w:rsidP="00E45CFF">
       <w:pPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>3.2. Figures, Tables</w:t>
       </w:r>
       <w:r w:rsidR="005865DD" w:rsidRPr="00AC467F">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
@@ -1315,50 +1250,51 @@
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Schemes</w:t>
       </w:r>
       <w:r w:rsidR="004D1E1B" w:rsidRPr="00AC467F">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>, Formulas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="338CD021" w14:textId="071B0FDF" w:rsidR="00613B31" w:rsidRDefault="00613B31" w:rsidP="00972990">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">All figures and tables should be cited in the main text as Figure 1, Table 1, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>etc</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00447AF2" w:rsidRPr="00AC467F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and should be placed in the main text near to the first time they are cited.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="343C843A" w14:textId="77777777" w:rsidR="001976C8" w:rsidRPr="00AC467F" w:rsidRDefault="001976C8" w:rsidP="001976C8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
@@ -1382,54 +1318,54 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="68C32335" wp14:editId="212A938E">
             <wp:extent cx="1828800" cy="1828800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="Graphic 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Graphic 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId11"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1828800" cy="1828800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="62260BFA" w14:textId="1EAB6203" w:rsidR="003D0489" w:rsidRPr="00AC467F" w:rsidRDefault="003D0489" w:rsidP="003D0489">
       <w:pPr>
@@ -2652,108 +2588,108 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00817E15">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Authors of peer-reviewed articles should state any data associated with an article whenever possible, i.e., where data supporting the results reported in a published article can be found, including hyperlinks to publicly archived datasets analyzed or generated during the study. In situations where no new data have been created or analyzed, such as a review, please state the following wording: "No new data were created or analyzed in this work. Data sharing is not applicable to this article."</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28056F3B" w14:textId="31F33E13" w:rsidR="00817E15" w:rsidRDefault="00817E15" w:rsidP="00817E15">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00817E15">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Details of data sharing policies can be found at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:anchor="data-l" w:history="1">
+      <w:hyperlink r:id="rId12" w:anchor="data-l" w:history="1">
         <w:r w:rsidRPr="00817E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>Data and Materials Availability</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00817E15">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E23F32E" w14:textId="05A8DD07" w:rsidR="00CB0D07" w:rsidRPr="00AC467F" w:rsidRDefault="00CB0D07" w:rsidP="00E45CFF">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Supplementary </w:t>
       </w:r>
       <w:r w:rsidR="00767281" w:rsidRPr="00AC467F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Materials</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D904391" w14:textId="2E19FCA1" w:rsidR="007E0DF8" w:rsidRPr="006509C9" w:rsidRDefault="007E0DF8" w:rsidP="00972990">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006509C9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Supplementary Materials will be peer-reviewed together with the manuscript, and will be uploaded to the published article page. </w:t>
       </w:r>
       <w:r w:rsidR="005B0DF3" w:rsidRPr="006509C9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">All of the Supplementary Materials must be cited in the main text. </w:t>
       </w:r>
       <w:r w:rsidRPr="006509C9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>The following statements will be included into the final published article:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64668E1A" w14:textId="0C492800" w:rsidR="00D87DDA" w:rsidRPr="00AC467F" w:rsidRDefault="00CB0D07" w:rsidP="00972990">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -2921,51 +2857,51 @@
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Each author</w:t>
       </w:r>
       <w:r w:rsidR="00E45CFF" w:rsidRPr="00AC467F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">should contribute substantially to the work. Authors are recommended to refer to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00AC467F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>CRediT</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> roles:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="046B4045" w14:textId="77777777" w:rsidR="00532EA1" w:rsidRPr="00AC467F" w:rsidRDefault="00532EA1" w:rsidP="00532EA1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -4184,51 +4120,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2DD7473E" w14:textId="5E9CD3B3" w:rsidR="00E06A58" w:rsidRPr="00AC467F" w:rsidRDefault="00E06A58" w:rsidP="00E06A58">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Surname, A. A. (Year). </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Title of Thesis</w:t>
       </w:r>
       <w:r w:rsidR="004F5657">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F5657" w:rsidRPr="004F5657">
@@ -4287,93 +4222,94 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="36D4E1F4" w14:textId="77777777" w:rsidR="00E06A58" w:rsidRPr="00AC467F" w:rsidRDefault="00E06A58" w:rsidP="00E06A58">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Surname, A. A., Surname, B. B., &amp; Surname, C. C. (Day Month Year). Title of Newspaper Article. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Newspaper Title</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>. Website URL (accessed Day Month Year).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="410EB0B3" w14:textId="77777777" w:rsidR="001B09FB" w:rsidRDefault="00E06A58" w:rsidP="00E06A58">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:sectPr w:rsidR="001B09FB" w:rsidSect="00B41AF9">
-          <w:headerReference w:type="default" r:id="rId15"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId18"/>
+          <w:headerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
+          <w:headerReference w:type="first" r:id="rId16"/>
+          <w:footerReference w:type="first" r:id="rId17"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="864" w:footer="432" w:gutter="0"/>
           <w:lnNumType w:countBy="1" w:restart="continuous"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="425"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">Surname, A. A. (Year). </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC467F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -4501,54 +4437,54 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="559D3EE2" wp14:editId="0C825266">
             <wp:extent cx="1828800" cy="1828800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Graphic 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Graphic 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId11"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1828800" cy="1828800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="054C182E" w14:textId="77777777" w:rsidR="00E06A58" w:rsidRPr="00AC467F" w:rsidRDefault="00E06A58" w:rsidP="00E06A58">
       <w:pPr>
@@ -5015,61 +4951,61 @@
     </w:tbl>
     <w:p w14:paraId="69B0EB93" w14:textId="14510C26" w:rsidR="00ED7FDE" w:rsidRPr="00AC467F" w:rsidRDefault="00ED7FDE" w:rsidP="00E06A58">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00ED7FDE" w:rsidRPr="00AC467F" w:rsidSect="00B41AF9">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="864" w:footer="432" w:gutter="0"/>
       <w:lnNumType w:countBy="1" w:restart="continuous"/>
       <w:cols w:space="425"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6EF175C7" w14:textId="77777777" w:rsidR="00E25DC7" w:rsidRDefault="00E25DC7">
+    <w:p w14:paraId="3F4274AF" w14:textId="77777777" w:rsidR="00A26A15" w:rsidRDefault="00A26A15">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7EFB1F04" w14:textId="77777777" w:rsidR="00E25DC7" w:rsidRDefault="00E25DC7">
+    <w:p w14:paraId="0C0B8E05" w14:textId="77777777" w:rsidR="00A26A15" w:rsidRDefault="00A26A15">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -5129,51 +5065,51 @@
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="DE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Emoji">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="02000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="02000000" w:usb2="08000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Meiryo">
     <w:altName w:val="Meiryo"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FFFF" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Baskerville">
     <w:panose1 w:val="02020502070401020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002E7" w:usb1="02000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:altName w:val="DengXian"/>
     <w:panose1 w:val="02010600030101010101"/>
@@ -5368,108 +5304,108 @@
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="0011437A" w:rsidRPr="001F7DD5" w14:paraId="029B4746" w14:textId="77777777" w:rsidTr="00CF4197">
       <w:trPr>
         <w:trHeight w:val="54"/>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4101" w:type="pct"/>
           <w:noWrap/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="0B13C48D" w14:textId="2D27F9A7" w:rsidR="0011437A" w:rsidRPr="001F7DD5" w:rsidRDefault="00BA6B37" w:rsidP="0011437A">
+        <w:p w14:paraId="0B13C48D" w14:textId="22B7927C" w:rsidR="0011437A" w:rsidRPr="001F7DD5" w:rsidRDefault="00BA6B37" w:rsidP="0011437A">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4153"/>
               <w:tab w:val="right" w:pos="8306"/>
             </w:tabs>
             <w:snapToGrid w:val="0"/>
             <w:spacing w:before="20" w:after="40" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:eastAsia="宋体"/>
               <w:color w:val="auto"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="zh-CN"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001F7DD5">
             <w:rPr>
               <w:rFonts w:eastAsia="宋体"/>
               <w:i/>
               <w:iCs/>
               <w:color w:val="auto"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:t>Highlights of Sustainability</w:t>
           </w:r>
           <w:r w:rsidR="0011437A" w:rsidRPr="001F7DD5">
             <w:rPr>
               <w:rFonts w:eastAsia="宋体"/>
               <w:color w:val="auto"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="001F7DD5">
             <w:rPr>
               <w:rFonts w:eastAsia="宋体"/>
               <w:color w:val="auto"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:t>202</w:t>
           </w:r>
-          <w:r w:rsidR="00721C56">
+          <w:r w:rsidR="00E4035C">
             <w:rPr>
               <w:rFonts w:eastAsia="宋体"/>
               <w:color w:val="auto"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>6</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="899" w:type="pct"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="10680BD9" w14:textId="77777777" w:rsidR="0011437A" w:rsidRPr="001F7DD5" w:rsidRDefault="0011437A" w:rsidP="0011437A">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4153"/>
               <w:tab w:val="right" w:pos="8306"/>
             </w:tabs>
             <w:snapToGrid w:val="0"/>
             <w:spacing w:before="20" w:after="40" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:eastAsia="宋体"/>
               <w:color w:val="auto"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
           </w:pPr>
@@ -5487,272 +5423,264 @@
           </w:hyperlink>
         </w:p>
       </w:tc>
     </w:tr>
     <w:bookmarkEnd w:id="0"/>
   </w:tbl>
   <w:p w14:paraId="5B037570" w14:textId="77777777" w:rsidR="00447AF2" w:rsidRPr="00142565" w:rsidRDefault="00447AF2" w:rsidP="00FE0F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="9497"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70EC7ACC" w14:textId="77777777" w:rsidR="00E25DC7" w:rsidRDefault="00E25DC7">
+    <w:p w14:paraId="6CF042FF" w14:textId="77777777" w:rsidR="00A26A15" w:rsidRDefault="00A26A15">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="370BE62C" w14:textId="77777777" w:rsidR="00E25DC7" w:rsidRDefault="00E25DC7">
+    <w:p w14:paraId="3A720496" w14:textId="77777777" w:rsidR="00A26A15" w:rsidRDefault="00A26A15">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid61"/>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:jc w:val="center"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="7F7F7F"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4513"/>
       <w:gridCol w:w="4513"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00E9643A" w:rsidRPr="00E9643A" w14:paraId="2569A603" w14:textId="77777777" w:rsidTr="00CF4197">
+    <w:tr w:rsidR="00E9643A" w:rsidRPr="00E4035C" w14:paraId="2569A603" w14:textId="77777777" w:rsidTr="00CF4197">
       <w:trPr>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2500" w:type="pct"/>
           <w:noWrap/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="5FCF6F05" w14:textId="553A8F52" w:rsidR="00E9643A" w:rsidRPr="001F7DD5" w:rsidRDefault="00BA6B37" w:rsidP="00E9643A">
+        <w:p w14:paraId="5FCF6F05" w14:textId="32356AD8" w:rsidR="00E9643A" w:rsidRPr="00E4035C" w:rsidRDefault="00BA6B37" w:rsidP="00E9643A">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4153"/>
               <w:tab w:val="right" w:pos="8306"/>
             </w:tabs>
             <w:snapToGrid w:val="0"/>
             <w:spacing w:before="20" w:after="40" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="001F7DD5">
+          <w:r w:rsidRPr="00E4035C">
             <w:rPr>
               <w:rFonts w:eastAsia="宋体"/>
               <w:i/>
               <w:iCs/>
               <w:color w:val="auto"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:t>Highlights of Sustainability</w:t>
           </w:r>
-          <w:r w:rsidRPr="001F7DD5">
+          <w:r w:rsidRPr="00E4035C">
             <w:rPr>
               <w:rFonts w:eastAsia="宋体"/>
               <w:color w:val="auto"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:t xml:space="preserve"> 202</w:t>
           </w:r>
-          <w:r w:rsidR="00721C56">
+          <w:r w:rsidR="00E4035C" w:rsidRPr="00E4035C">
             <w:rPr>
               <w:rFonts w:eastAsia="宋体"/>
               <w:color w:val="auto"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>6</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2500" w:type="pct"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="33E2F8A5" w14:textId="77777777" w:rsidR="00E9643A" w:rsidRPr="00E9643A" w:rsidRDefault="00E9643A" w:rsidP="00E9643A">
+        <w:p w14:paraId="33E2F8A5" w14:textId="77777777" w:rsidR="00E9643A" w:rsidRPr="00E4035C" w:rsidRDefault="00E9643A" w:rsidP="00E9643A">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4153"/>
               <w:tab w:val="right" w:pos="8306"/>
             </w:tabs>
             <w:snapToGrid w:val="0"/>
             <w:spacing w:before="20" w:after="40" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="right"/>
             <w:rPr>
-              <w:rFonts w:ascii="Baskerville" w:hAnsi="Baskerville"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00E9643A">
+          <w:r w:rsidRPr="00E4035C">
             <w:rPr>
-              <w:rFonts w:ascii="Baskerville" w:hAnsi="Baskerville"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="00E9643A">
+          <w:r w:rsidRPr="00E4035C">
             <w:rPr>
-              <w:rFonts w:ascii="Baskerville" w:hAnsi="Baskerville"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="00E9643A">
+          <w:r w:rsidRPr="00E4035C">
             <w:rPr>
-              <w:rFonts w:ascii="Baskerville" w:hAnsi="Baskerville"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidRPr="00E9643A">
+          <w:r w:rsidRPr="00E4035C">
             <w:rPr>
-              <w:rFonts w:ascii="Baskerville" w:hAnsi="Baskerville"/>
               <w:noProof/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
-          <w:r w:rsidRPr="00E9643A">
+          <w:r w:rsidRPr="00E4035C">
             <w:rPr>
-              <w:rFonts w:ascii="Baskerville" w:hAnsi="Baskerville"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
-          <w:r w:rsidRPr="00E9643A">
+          <w:r w:rsidRPr="00E4035C">
             <w:rPr>
-              <w:rFonts w:ascii="Baskerville" w:hAnsi="Baskerville"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="0CA88E86" w14:textId="77777777" w:rsidR="00447AF2" w:rsidRPr="00FE0F3F" w:rsidRDefault="00447AF2" w:rsidP="00FE0F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="9497"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:jc w:val="center"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="7F7F7F"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9026"/>
     </w:tblGrid>
     <w:tr w:rsidR="0011437A" w:rsidRPr="00E710C4" w14:paraId="3621539B" w14:textId="77777777" w:rsidTr="00CF4197">
       <w:trPr>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5000" w:type="pct"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:noWrap/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="152E8E99" w14:textId="77777777" w:rsidR="0011437A" w:rsidRPr="007B5F08" w:rsidRDefault="0011437A" w:rsidP="0011437A">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:pBdr>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:pBdr>
             <w:spacing w:before="20" w:after="40" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="0044054D">
             <w:rPr>
               <w:rFonts w:ascii="Baskerville" w:hAnsi="Baskerville"/>
               <w:noProof/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:drawing>
@@ -8902,93 +8830,93 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1533878484">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="349455281">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="450786378">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="122433083">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="962154505">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="426774034">
     <w:abstractNumId w:val="35"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="170"/>
+  <w:zoom w:percent="169"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="505"/>
   <w:autoHyphenation/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="163"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:adjustLineHeightInTable/>
     <w:applyBreakingRules/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
-    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2ACIjMyMTS0tTMxNzcyUdpeDU4uLM/DyQAhODWgBHTMmoLQAAAA=="/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2ACIjMyMTS0tTMxNzcyUdpeDU4uLM/DyQAhPDWgAGfdKxLQAAAA=="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00B30F73"/>
     <w:rsid w:val="00000BEE"/>
     <w:rsid w:val="00003483"/>
     <w:rsid w:val="0000361B"/>
     <w:rsid w:val="00003CD5"/>
     <w:rsid w:val="00005582"/>
     <w:rsid w:val="00005AC3"/>
     <w:rsid w:val="00005CFB"/>
     <w:rsid w:val="00006988"/>
     <w:rsid w:val="00010823"/>
     <w:rsid w:val="00012E37"/>
     <w:rsid w:val="00014D8D"/>
     <w:rsid w:val="00017CFF"/>
     <w:rsid w:val="000216F7"/>
     <w:rsid w:val="00024827"/>
     <w:rsid w:val="0002554A"/>
     <w:rsid w:val="000257E6"/>
     <w:rsid w:val="00030224"/>
     <w:rsid w:val="00031322"/>
     <w:rsid w:val="0003183D"/>
     <w:rsid w:val="00032CDE"/>
     <w:rsid w:val="00034F35"/>
     <w:rsid w:val="00036623"/>
@@ -9363,50 +9291,51 @@
     <w:rsid w:val="004315C9"/>
     <w:rsid w:val="00432487"/>
     <w:rsid w:val="004335A0"/>
     <w:rsid w:val="00433977"/>
     <w:rsid w:val="00435004"/>
     <w:rsid w:val="00437707"/>
     <w:rsid w:val="00440EDD"/>
     <w:rsid w:val="004419FE"/>
     <w:rsid w:val="00443A66"/>
     <w:rsid w:val="0044421C"/>
     <w:rsid w:val="00444620"/>
     <w:rsid w:val="00447AF2"/>
     <w:rsid w:val="00450260"/>
     <w:rsid w:val="00456D77"/>
     <w:rsid w:val="00457194"/>
     <w:rsid w:val="00460A9D"/>
     <w:rsid w:val="004616F6"/>
     <w:rsid w:val="00463EC8"/>
     <w:rsid w:val="0046576E"/>
     <w:rsid w:val="0046726B"/>
     <w:rsid w:val="00475122"/>
     <w:rsid w:val="00477C60"/>
     <w:rsid w:val="004811A9"/>
     <w:rsid w:val="00481D47"/>
     <w:rsid w:val="00482818"/>
+    <w:rsid w:val="00484784"/>
     <w:rsid w:val="00485539"/>
     <w:rsid w:val="00486169"/>
     <w:rsid w:val="00486DAA"/>
     <w:rsid w:val="00487117"/>
     <w:rsid w:val="004878EA"/>
     <w:rsid w:val="00490BE5"/>
     <w:rsid w:val="00493AFB"/>
     <w:rsid w:val="00495038"/>
     <w:rsid w:val="00495AB9"/>
     <w:rsid w:val="00495DAB"/>
     <w:rsid w:val="00495E5E"/>
     <w:rsid w:val="00497082"/>
     <w:rsid w:val="00497C19"/>
     <w:rsid w:val="004A0FF7"/>
     <w:rsid w:val="004A589D"/>
     <w:rsid w:val="004A59D7"/>
     <w:rsid w:val="004A61C1"/>
     <w:rsid w:val="004A751A"/>
     <w:rsid w:val="004B4247"/>
     <w:rsid w:val="004B5048"/>
     <w:rsid w:val="004B5280"/>
     <w:rsid w:val="004B6D7C"/>
     <w:rsid w:val="004C1205"/>
     <w:rsid w:val="004C12E5"/>
     <w:rsid w:val="004C4834"/>
@@ -9850,50 +9779,51 @@
     <w:rsid w:val="009C7B4C"/>
     <w:rsid w:val="009D7BB3"/>
     <w:rsid w:val="009E170A"/>
     <w:rsid w:val="009E4F3E"/>
     <w:rsid w:val="009E7BEB"/>
     <w:rsid w:val="009E7F23"/>
     <w:rsid w:val="009F274E"/>
     <w:rsid w:val="009F36F2"/>
     <w:rsid w:val="009F533C"/>
     <w:rsid w:val="009F640C"/>
     <w:rsid w:val="009F6A26"/>
     <w:rsid w:val="009F70E6"/>
     <w:rsid w:val="009F7157"/>
     <w:rsid w:val="00A00BA5"/>
     <w:rsid w:val="00A0136F"/>
     <w:rsid w:val="00A0204B"/>
     <w:rsid w:val="00A02301"/>
     <w:rsid w:val="00A023AE"/>
     <w:rsid w:val="00A07CFE"/>
     <w:rsid w:val="00A123D6"/>
     <w:rsid w:val="00A146C0"/>
     <w:rsid w:val="00A16891"/>
     <w:rsid w:val="00A170E7"/>
     <w:rsid w:val="00A20571"/>
     <w:rsid w:val="00A23DC5"/>
+    <w:rsid w:val="00A26A15"/>
     <w:rsid w:val="00A31D9E"/>
     <w:rsid w:val="00A3514E"/>
     <w:rsid w:val="00A41A7A"/>
     <w:rsid w:val="00A41EC8"/>
     <w:rsid w:val="00A42539"/>
     <w:rsid w:val="00A42AE4"/>
     <w:rsid w:val="00A43737"/>
     <w:rsid w:val="00A43E7A"/>
     <w:rsid w:val="00A44109"/>
     <w:rsid w:val="00A45123"/>
     <w:rsid w:val="00A47BC3"/>
     <w:rsid w:val="00A530E8"/>
     <w:rsid w:val="00A53BDE"/>
     <w:rsid w:val="00A601E7"/>
     <w:rsid w:val="00A61339"/>
     <w:rsid w:val="00A6472F"/>
     <w:rsid w:val="00A64950"/>
     <w:rsid w:val="00A64AFE"/>
     <w:rsid w:val="00A67004"/>
     <w:rsid w:val="00A70059"/>
     <w:rsid w:val="00A73B98"/>
     <w:rsid w:val="00A74027"/>
     <w:rsid w:val="00A750C8"/>
     <w:rsid w:val="00A751C7"/>
     <w:rsid w:val="00A756E4"/>
@@ -10169,50 +10099,51 @@
     <w:rsid w:val="00DF5409"/>
     <w:rsid w:val="00DF68E6"/>
     <w:rsid w:val="00E00BD2"/>
     <w:rsid w:val="00E00CC3"/>
     <w:rsid w:val="00E01CA3"/>
     <w:rsid w:val="00E04E7D"/>
     <w:rsid w:val="00E059DD"/>
     <w:rsid w:val="00E06A58"/>
     <w:rsid w:val="00E1108A"/>
     <w:rsid w:val="00E11941"/>
     <w:rsid w:val="00E11EB0"/>
     <w:rsid w:val="00E12FC6"/>
     <w:rsid w:val="00E135BF"/>
     <w:rsid w:val="00E1375C"/>
     <w:rsid w:val="00E15E29"/>
     <w:rsid w:val="00E16C49"/>
     <w:rsid w:val="00E2057F"/>
     <w:rsid w:val="00E213C1"/>
     <w:rsid w:val="00E25448"/>
     <w:rsid w:val="00E258C6"/>
     <w:rsid w:val="00E25DC7"/>
     <w:rsid w:val="00E272F3"/>
     <w:rsid w:val="00E3249F"/>
     <w:rsid w:val="00E33455"/>
     <w:rsid w:val="00E33F48"/>
+    <w:rsid w:val="00E4035C"/>
     <w:rsid w:val="00E411D1"/>
     <w:rsid w:val="00E43CCC"/>
     <w:rsid w:val="00E44BEC"/>
     <w:rsid w:val="00E45CFF"/>
     <w:rsid w:val="00E50B5D"/>
     <w:rsid w:val="00E510A9"/>
     <w:rsid w:val="00E52914"/>
     <w:rsid w:val="00E52D9B"/>
     <w:rsid w:val="00E53D53"/>
     <w:rsid w:val="00E561CD"/>
     <w:rsid w:val="00E56DA1"/>
     <w:rsid w:val="00E6069C"/>
     <w:rsid w:val="00E61277"/>
     <w:rsid w:val="00E617E3"/>
     <w:rsid w:val="00E61A12"/>
     <w:rsid w:val="00E62227"/>
     <w:rsid w:val="00E62AFC"/>
     <w:rsid w:val="00E63878"/>
     <w:rsid w:val="00E66088"/>
     <w:rsid w:val="00E676A9"/>
     <w:rsid w:val="00E70864"/>
     <w:rsid w:val="00E70BE8"/>
     <w:rsid w:val="00E710C4"/>
     <w:rsid w:val="00E73A25"/>
     <w:rsid w:val="00E744E2"/>
@@ -12851,51 +12782,51 @@
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2033796505">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="iso-8859-6"/>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hos.pub/info/publication-ethics" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hos.pub/ho/sustainability/instructions" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hos.pub/info/publication-ethics" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hos.pub" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hos.pub" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hos.pub" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hos.pub/ho/sustainability" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///E:\&#24037;&#20316;\layout\templates\HighlightsSustain-template.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -13178,50 +13109,59 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D58140ECE240E84F98178B63062FF24F" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c201a68830ee249f8d596ee3380ac0d0">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="e67aecac-9065-4a7c-8ab6-dfbf785edce7" xmlns:ns4="6fc5e291-2c4e-4869-b2d6-7fb70f2e206a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e95d87a40d1d3ceb6200ace422b05860" ns3:_="" ns4:_="">
     <xsd:import namespace="e67aecac-9065-4a7c-8ab6-dfbf785edce7"/>
     <xsd:import namespace="6fc5e291-2c4e-4869-b2d6-7fb70f2e206a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -13400,128 +13340,119 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1C1C010-BD46-4A7C-8DB4-C5D4F97DD467}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F58D971D-0CA9-4949-957E-29AB035234DD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e67aecac-9065-4a7c-8ab6-dfbf785edce7"/>
     <ds:schemaRef ds:uri="6fc5e291-2c4e-4869-b2d6-7fb70f2e206a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{449743AA-26EB-4DA2-A6B5-F0C5683C21F9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>HighlightsSustain-template.dot</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1189</Words>
-  <Characters>6783</Characters>
+  <Words>1157</Words>
+  <Characters>6595</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>56</Lines>
+  <Lines>54</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Highlights of Sustainability Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7957</CharactersWithSpaces>
+  <CharactersWithSpaces>7737</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>5439561</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.hos.pub/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5439561</vt:i4>
       </vt:variant>
       <vt:variant>