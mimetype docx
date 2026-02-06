--- v0 (2025-10-14)
+++ v1 (2026-02-06)
@@ -10,65 +10,65 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1363E1C9" w14:textId="1FF128B3" w:rsidR="000A6686" w:rsidRPr="004002F0" w:rsidRDefault="000A6686" w:rsidP="000A6686">
+    <w:p w14:paraId="1363E1C9" w14:textId="383E1019" w:rsidR="000A6686" w:rsidRPr="004002F0" w:rsidRDefault="000A6686" w:rsidP="000A6686">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004002F0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article Type </w:t>
+        <w:t xml:space="preserve">Type </w:t>
       </w:r>
       <w:r w:rsidR="004252E9" w:rsidRPr="001E1D98">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(Please indicate the article type: Article, Review, Systematic Review)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79D9859A" w14:textId="77777777" w:rsidR="000A6686" w:rsidRPr="004002F0" w:rsidRDefault="000A6686" w:rsidP="000A6686">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004002F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
@@ -459,128 +459,50 @@
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ORCIDs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="040BB8DC" w14:textId="77777777" w:rsidR="000A6686" w:rsidRPr="00174DDA" w:rsidRDefault="000A6686" w:rsidP="000A6686">
       <w:pPr>
         <w:spacing w:before="120" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00174DDA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>All authors are encouraged to provide their 16-digit ORCID (e.g., 0000-0001-2345-6789) to be included in the final published paper to distinguish them from other researchers. ORCIDs can be added during manuscript submission, or at final proofreading stage if paper is accepted for publication.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AC50451" w14:textId="77777777" w:rsidR="007240A5" w:rsidRDefault="007240A5" w:rsidP="007240A5">
-[...76 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="50BF7995" w14:textId="0CC04B14" w:rsidR="000A6686" w:rsidRPr="004002F0" w:rsidRDefault="000A6686" w:rsidP="000A6686">
       <w:pPr>
         <w:spacing w:before="240" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004002F0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CA822AB" w14:textId="77777777" w:rsidR="000A6686" w:rsidRPr="004002F0" w:rsidRDefault="000A6686" w:rsidP="005767DF">
       <w:pPr>
         <w:spacing w:before="120" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004002F0">
         <w:rPr>
@@ -931,51 +853,50 @@
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004002F0">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Main text</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CC5F450" w14:textId="77777777" w:rsidR="000A6686" w:rsidRPr="004002F0" w:rsidRDefault="000A6686" w:rsidP="000A6686">
       <w:pPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004002F0">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>3.2. Figures, Tables, Schemes, Formulas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="613A7594" w14:textId="77777777" w:rsidR="000A6686" w:rsidRPr="004002F0" w:rsidRDefault="000A6686" w:rsidP="000A6686">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004002F0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">All figures and tables should be cited in the main text as Figure 1, Table 1, </w:t>
       </w:r>
       <w:r w:rsidRPr="004002F0">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>etc</w:t>
       </w:r>
       <w:r w:rsidRPr="004002F0">
@@ -1017,54 +938,54 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B318268" wp14:editId="4564B9F4">
             <wp:extent cx="1828800" cy="1828800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="Graphic 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Graphic 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId11"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1828800" cy="1828800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="2290DBB8" w14:textId="77777777" w:rsidR="000A6686" w:rsidRPr="004002F0" w:rsidRDefault="000A6686" w:rsidP="000A6686">
       <w:pPr>
@@ -2269,115 +2190,115 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Authors of peer-reviewed articles should state any data associated with an article whenever possible, i.e., where data supporting the results reported in a published article can be found, including hyperlinks to publicly archived datasets analyzed or generated during the study. In situations where no new data have been created or analyzed, such as a review, please state the following wording: "No new data were created or analyzed in this work. Data sharing is not applicable to this article."</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C0BDC06" w14:textId="77777777" w:rsidR="00597DC8" w:rsidRDefault="00597DC8" w:rsidP="00597DC8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Details of data sharing policies can be found at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:anchor="data-l" w:history="1">
+      <w:hyperlink r:id="rId12" w:anchor="data-l" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>Data and Materials Availability</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F197783" w14:textId="77777777" w:rsidR="000A6686" w:rsidRPr="004002F0" w:rsidRDefault="000A6686" w:rsidP="000A6686">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004002F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Supplementary Materials</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F0AD560" w14:textId="77777777" w:rsidR="000A6686" w:rsidRPr="00D31220" w:rsidRDefault="000A6686" w:rsidP="000A6686">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31220">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Supplementary Materials will be peer-reviewed together with the manuscript, and will be uploaded to the published article page. All of the Supplementary Materials must be cited in the main text. The following statements will be included into the final published article:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DA89639" w14:textId="77777777" w:rsidR="000A6686" w:rsidRPr="004002F0" w:rsidRDefault="000A6686" w:rsidP="000A6686">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004002F0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The following supplementary</w:t>
       </w:r>
       <w:r w:rsidRPr="004002F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004002F0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>materials are available online at https://www.hos.pub/xxx/xxx.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6797D415" w14:textId="77777777" w:rsidR="000A6686" w:rsidRPr="004002F0" w:rsidRDefault="000A6686" w:rsidP="000A6686">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -2480,51 +2401,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> or more</w:t>
       </w:r>
       <w:r w:rsidRPr="00D31220">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> authors. Please remove this section if you are the sole author.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07B838DB" w14:textId="0035F638" w:rsidR="000A6686" w:rsidRPr="004002F0" w:rsidRDefault="000A6686" w:rsidP="000A6686">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004002F0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Each author should contribute substantially to the work. Authors are recommended to refer to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="004002F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>CRediT</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004002F0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> roles:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4169EF8B" w14:textId="77777777" w:rsidR="000A6686" w:rsidRPr="004002F0" w:rsidRDefault="000A6686" w:rsidP="000A6686">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="288"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -3457,94 +3378,93 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4830B1B0" w14:textId="77777777" w:rsidR="000A6686" w:rsidRPr="004002F0" w:rsidRDefault="000A6686" w:rsidP="000A6686">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004002F0">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Surname, A. A., Surname, B. B., &amp; Surname, C. C. (Day Month Year). Title of Newspaper Article. </w:t>
       </w:r>
       <w:r w:rsidRPr="004002F0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Newspaper Title</w:t>
       </w:r>
       <w:r w:rsidRPr="004002F0">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>. Website URL (accessed Day Month Year).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6854A046" w14:textId="18F46073" w:rsidR="00D31220" w:rsidRDefault="000A6686" w:rsidP="000A6686">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:sectPr w:rsidR="00D31220" w:rsidSect="00F93739">
-          <w:headerReference w:type="default" r:id="rId15"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId18"/>
+          <w:headerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
+          <w:headerReference w:type="first" r:id="rId16"/>
+          <w:footerReference w:type="first" r:id="rId17"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="864" w:footer="432" w:gutter="0"/>
           <w:lnNumType w:countBy="1" w:restart="continuous"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="425"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="004002F0">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">Surname, A. A. (Year). </w:t>
       </w:r>
       <w:r w:rsidRPr="004002F0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -3675,54 +3595,54 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="551261E7" wp14:editId="3D42ABC4">
             <wp:extent cx="1828800" cy="1828800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Graphic 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Graphic 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId11"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1828800" cy="1828800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ED39EC2" w14:textId="77777777" w:rsidR="000A6686" w:rsidRPr="004002F0" w:rsidRDefault="000A6686" w:rsidP="000A6686">
       <w:pPr>
@@ -4178,76 +4098,76 @@
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="69B0EB93" w14:textId="2FE85BC8" w:rsidR="00ED7FDE" w:rsidRPr="004002F0" w:rsidRDefault="00ED7FDE" w:rsidP="000A6686"/>
     <w:sectPr w:rsidR="00ED7FDE" w:rsidRPr="004002F0" w:rsidSect="00F93739">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="864" w:footer="432" w:gutter="0"/>
       <w:lnNumType w:countBy="1" w:restart="continuous"/>
       <w:cols w:space="425"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6738C4EF" w14:textId="77777777" w:rsidR="00F93739" w:rsidRDefault="00F93739">
+    <w:p w14:paraId="744067D7" w14:textId="77777777" w:rsidR="00F54527" w:rsidRDefault="00F54527">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B1B6EF4" w14:textId="77777777" w:rsidR="00F93739" w:rsidRDefault="00F93739">
+    <w:p w14:paraId="5B526C61" w14:textId="77777777" w:rsidR="00F54527" w:rsidRDefault="00F54527">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -4322,130 +4242,130 @@
     <w:altName w:val="Meiryo"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FFFF" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:altName w:val="DengXian"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:jc w:val="center"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="7F7F7F"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9026"/>
     </w:tblGrid>
     <w:tr w:rsidR="00E9643A" w:rsidRPr="005C4727" w14:paraId="7669A4C7" w14:textId="77777777" w:rsidTr="00CF4197">
       <w:trPr>
         <w:trHeight w:val="54"/>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5000" w:type="pct"/>
           <w:noWrap/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="5368CC12" w14:textId="77777777" w:rsidR="00E9643A" w:rsidRPr="005C4727" w:rsidRDefault="00000000" w:rsidP="00E9643A">
+        <w:p w14:paraId="5368CC12" w14:textId="77777777" w:rsidR="00E9643A" w:rsidRPr="005C4727" w:rsidRDefault="00E9643A" w:rsidP="00E9643A">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
             <w:spacing w:before="20" w:after="40" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:eastAsia="宋体"/>
               <w:color w:val="auto"/>
               <w:sz w:val="20"/>
               <w:lang w:eastAsia="ko-KR"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink r:id="rId1" w:history="1">
-            <w:r w:rsidR="00E9643A" w:rsidRPr="005C4727">
+            <w:r w:rsidRPr="005C4727">
               <w:rPr>
                 <w:rFonts w:eastAsia="宋体"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="ko-KR"/>
               </w:rPr>
               <w:t>https://www.hos.pub</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="2960935E" w14:textId="77777777" w:rsidR="00447AF2" w:rsidRPr="00FE0F3F" w:rsidRDefault="00447AF2" w:rsidP="00FE0F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid51"/>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:jc w:val="center"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="7F7F7F"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7403"/>
       <w:gridCol w:w="1623"/>
     </w:tblGrid>
     <w:tr w:rsidR="0011437A" w:rsidRPr="005C4727" w14:paraId="650EFD2E" w14:textId="77777777" w:rsidTr="00CF4197">
       <w:trPr>
@@ -4592,127 +4512,127 @@
               <w:rFonts w:eastAsia="宋体"/>
               <w:color w:val="auto"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:t>202</w:t>
           </w:r>
           <w:r w:rsidR="00494C5E">
             <w:rPr>
               <w:rFonts w:eastAsia="宋体"/>
               <w:color w:val="auto"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:t>4</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="899" w:type="pct"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="10680BD9" w14:textId="77777777" w:rsidR="0011437A" w:rsidRPr="005C4727" w:rsidRDefault="00000000" w:rsidP="0011437A">
+        <w:p w14:paraId="10680BD9" w14:textId="77777777" w:rsidR="0011437A" w:rsidRPr="005C4727" w:rsidRDefault="0011437A" w:rsidP="0011437A">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4153"/>
               <w:tab w:val="right" w:pos="8306"/>
             </w:tabs>
             <w:snapToGrid w:val="0"/>
             <w:spacing w:before="20" w:after="40" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:eastAsia="宋体"/>
               <w:color w:val="auto"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink r:id="rId4" w:history="1">
-            <w:r w:rsidR="0011437A" w:rsidRPr="005C4727">
+            <w:r w:rsidRPr="005C4727">
               <w:rPr>
                 <w:rFonts w:eastAsia="宋体"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>https://www.hos.pub</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
       </w:tc>
     </w:tr>
     <w:bookmarkEnd w:id="0"/>
   </w:tbl>
   <w:p w14:paraId="5B037570" w14:textId="77777777" w:rsidR="00447AF2" w:rsidRPr="00142565" w:rsidRDefault="00447AF2" w:rsidP="00FE0F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="9497"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3CB9A4D4" w14:textId="77777777" w:rsidR="00F93739" w:rsidRDefault="00F93739">
+    <w:p w14:paraId="1EECE770" w14:textId="77777777" w:rsidR="00F54527" w:rsidRDefault="00F54527">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32BB0113" w14:textId="77777777" w:rsidR="00F93739" w:rsidRDefault="00F93739">
+    <w:p w14:paraId="5C9269DE" w14:textId="77777777" w:rsidR="00F54527" w:rsidRDefault="00F54527">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid61"/>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:jc w:val="center"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="7F7F7F"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4513"/>
       <w:gridCol w:w="4513"/>
     </w:tblGrid>
     <w:tr w:rsidR="00E9643A" w:rsidRPr="005C4727" w14:paraId="2569A603" w14:textId="77777777" w:rsidTr="00CF4197">
       <w:trPr>
@@ -4835,75 +4755,74 @@
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="0CA88E86" w14:textId="77777777" w:rsidR="00447AF2" w:rsidRPr="00FE0F3F" w:rsidRDefault="00447AF2" w:rsidP="00FE0F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="9497"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:jc w:val="center"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="7F7F7F"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9026"/>
     </w:tblGrid>
     <w:tr w:rsidR="0011437A" w:rsidRPr="00E710C4" w14:paraId="3621539B" w14:textId="77777777" w:rsidTr="00CF4197">
       <w:trPr>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5000" w:type="pct"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:noWrap/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="152E8E99" w14:textId="069F199A" w:rsidR="0011437A" w:rsidRPr="007B5F08" w:rsidRDefault="00581FC3" w:rsidP="0011437A">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:pBdr>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:pBdr>
             <w:spacing w:before="20" w:after="40" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="20A5E005" wp14:editId="168FE6B4">
                 <wp:extent cx="1645920" cy="164592"/>
@@ -4951,51 +4870,51 @@
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="4CC10208" w14:textId="77777777" w:rsidR="00447AF2" w:rsidRPr="00FE0F3F" w:rsidRDefault="00447AF2" w:rsidP="00FE0F3F">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="5102"/>
         <w:tab w:val="right" w:pos="10204"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B1FEFEB8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2040"/>
         </w:tabs>
         <w:ind w:leftChars="800" w:left="2040" w:hangingChars="200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="CC2C6D54"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -8080,93 +7999,93 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:val="bestFit" w:percent="182"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="169"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="505"/>
   <w:autoHyphenation/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="163"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:adjustLineHeightInTable/>
     <w:applyBreakingRules/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
-    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2ACIjMyMTS0tTMxNzcyUdpeDU4uLM/DyQAhPjWgCEH+SDLQAAAA=="/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2ACIjMyMTS0tTMxNzcyUdpeDU4uLM/DyQAhOTWgBDiaXMLQAAAA=="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00B30F73"/>
     <w:rsid w:val="00000BEE"/>
     <w:rsid w:val="00003483"/>
     <w:rsid w:val="0000361B"/>
     <w:rsid w:val="00003CD5"/>
     <w:rsid w:val="00005AC3"/>
     <w:rsid w:val="00005CFB"/>
     <w:rsid w:val="00006988"/>
     <w:rsid w:val="00012E37"/>
     <w:rsid w:val="00013891"/>
     <w:rsid w:val="00014D8D"/>
     <w:rsid w:val="00017CFF"/>
     <w:rsid w:val="000216F7"/>
     <w:rsid w:val="00024827"/>
     <w:rsid w:val="0002554A"/>
     <w:rsid w:val="000257E6"/>
     <w:rsid w:val="00031322"/>
     <w:rsid w:val="0003183D"/>
     <w:rsid w:val="00032CDE"/>
     <w:rsid w:val="00034F35"/>
     <w:rsid w:val="00036623"/>
     <w:rsid w:val="00037FCE"/>
     <w:rsid w:val="000404F2"/>
@@ -8941,50 +8860,51 @@
     <w:rsid w:val="0090761C"/>
     <w:rsid w:val="0091175E"/>
     <w:rsid w:val="00911F77"/>
     <w:rsid w:val="0091531D"/>
     <w:rsid w:val="009154E3"/>
     <w:rsid w:val="00924538"/>
     <w:rsid w:val="009247AB"/>
     <w:rsid w:val="009316B3"/>
     <w:rsid w:val="009318FF"/>
     <w:rsid w:val="00931B0D"/>
     <w:rsid w:val="009327E4"/>
     <w:rsid w:val="009350E5"/>
     <w:rsid w:val="00935A55"/>
     <w:rsid w:val="00935A67"/>
     <w:rsid w:val="00936B8D"/>
     <w:rsid w:val="0093733F"/>
     <w:rsid w:val="00937A52"/>
     <w:rsid w:val="0094051F"/>
     <w:rsid w:val="00945CC9"/>
     <w:rsid w:val="0094671E"/>
     <w:rsid w:val="00946DD3"/>
     <w:rsid w:val="00947E18"/>
     <w:rsid w:val="009516EB"/>
     <w:rsid w:val="009520D9"/>
     <w:rsid w:val="0095256A"/>
+    <w:rsid w:val="00952BA6"/>
     <w:rsid w:val="00952FF9"/>
     <w:rsid w:val="00954263"/>
     <w:rsid w:val="00954B94"/>
     <w:rsid w:val="00955556"/>
     <w:rsid w:val="00955B60"/>
     <w:rsid w:val="00956CF8"/>
     <w:rsid w:val="009628E0"/>
     <w:rsid w:val="00964302"/>
     <w:rsid w:val="00966EE0"/>
     <w:rsid w:val="00967838"/>
     <w:rsid w:val="00967ACE"/>
     <w:rsid w:val="00967F12"/>
     <w:rsid w:val="009703BF"/>
     <w:rsid w:val="00972041"/>
     <w:rsid w:val="00972990"/>
     <w:rsid w:val="009741B9"/>
     <w:rsid w:val="00975B98"/>
     <w:rsid w:val="009775F7"/>
     <w:rsid w:val="009778D8"/>
     <w:rsid w:val="009807D2"/>
     <w:rsid w:val="00984273"/>
     <w:rsid w:val="00984AF9"/>
     <w:rsid w:val="00985FA7"/>
     <w:rsid w:val="0098739F"/>
     <w:rsid w:val="009905C8"/>
@@ -9235,50 +9155,51 @@
     <w:rsid w:val="00CD7874"/>
     <w:rsid w:val="00CD7E67"/>
     <w:rsid w:val="00CE0053"/>
     <w:rsid w:val="00CE2E92"/>
     <w:rsid w:val="00CF0109"/>
     <w:rsid w:val="00CF14C3"/>
     <w:rsid w:val="00CF155A"/>
     <w:rsid w:val="00CF1694"/>
     <w:rsid w:val="00CF1F2F"/>
     <w:rsid w:val="00CF2503"/>
     <w:rsid w:val="00CF3508"/>
     <w:rsid w:val="00CF3C71"/>
     <w:rsid w:val="00CF49E2"/>
     <w:rsid w:val="00CF6499"/>
     <w:rsid w:val="00D036A4"/>
     <w:rsid w:val="00D04793"/>
     <w:rsid w:val="00D047B4"/>
     <w:rsid w:val="00D0482F"/>
     <w:rsid w:val="00D05450"/>
     <w:rsid w:val="00D10344"/>
     <w:rsid w:val="00D107B9"/>
     <w:rsid w:val="00D108B0"/>
     <w:rsid w:val="00D10ECD"/>
     <w:rsid w:val="00D113D3"/>
     <w:rsid w:val="00D1187D"/>
+    <w:rsid w:val="00D124BC"/>
     <w:rsid w:val="00D12A4B"/>
     <w:rsid w:val="00D137B5"/>
     <w:rsid w:val="00D14F39"/>
     <w:rsid w:val="00D16202"/>
     <w:rsid w:val="00D1632C"/>
     <w:rsid w:val="00D215BA"/>
     <w:rsid w:val="00D249F9"/>
     <w:rsid w:val="00D24F0E"/>
     <w:rsid w:val="00D30F03"/>
     <w:rsid w:val="00D31220"/>
     <w:rsid w:val="00D31D70"/>
     <w:rsid w:val="00D31FAB"/>
     <w:rsid w:val="00D32B93"/>
     <w:rsid w:val="00D331E7"/>
     <w:rsid w:val="00D33B5E"/>
     <w:rsid w:val="00D33E6F"/>
     <w:rsid w:val="00D34CA9"/>
     <w:rsid w:val="00D3599F"/>
     <w:rsid w:val="00D3674C"/>
     <w:rsid w:val="00D37A1D"/>
     <w:rsid w:val="00D412C1"/>
     <w:rsid w:val="00D42161"/>
     <w:rsid w:val="00D4421E"/>
     <w:rsid w:val="00D44C46"/>
     <w:rsid w:val="00D4625C"/>
@@ -9417,50 +9338,51 @@
     <w:rsid w:val="00F15DDA"/>
     <w:rsid w:val="00F17D67"/>
     <w:rsid w:val="00F22090"/>
     <w:rsid w:val="00F22FFD"/>
     <w:rsid w:val="00F23A1E"/>
     <w:rsid w:val="00F24155"/>
     <w:rsid w:val="00F2419C"/>
     <w:rsid w:val="00F241E8"/>
     <w:rsid w:val="00F24A51"/>
     <w:rsid w:val="00F27A8F"/>
     <w:rsid w:val="00F27CE2"/>
     <w:rsid w:val="00F30405"/>
     <w:rsid w:val="00F30DD3"/>
     <w:rsid w:val="00F3219A"/>
     <w:rsid w:val="00F35090"/>
     <w:rsid w:val="00F35C92"/>
     <w:rsid w:val="00F37752"/>
     <w:rsid w:val="00F41EC3"/>
     <w:rsid w:val="00F42E33"/>
     <w:rsid w:val="00F44E06"/>
     <w:rsid w:val="00F45E6E"/>
     <w:rsid w:val="00F46BBB"/>
     <w:rsid w:val="00F4774C"/>
     <w:rsid w:val="00F47E0A"/>
     <w:rsid w:val="00F541A2"/>
+    <w:rsid w:val="00F54527"/>
     <w:rsid w:val="00F55164"/>
     <w:rsid w:val="00F56C78"/>
     <w:rsid w:val="00F56D76"/>
     <w:rsid w:val="00F57C58"/>
     <w:rsid w:val="00F63851"/>
     <w:rsid w:val="00F63A9B"/>
     <w:rsid w:val="00F649D3"/>
     <w:rsid w:val="00F65940"/>
     <w:rsid w:val="00F67805"/>
     <w:rsid w:val="00F67DFE"/>
     <w:rsid w:val="00F717DD"/>
     <w:rsid w:val="00F71C0A"/>
     <w:rsid w:val="00F72A06"/>
     <w:rsid w:val="00F73CA7"/>
     <w:rsid w:val="00F75009"/>
     <w:rsid w:val="00F75A07"/>
     <w:rsid w:val="00F762CD"/>
     <w:rsid w:val="00F77EC0"/>
     <w:rsid w:val="00F8186B"/>
     <w:rsid w:val="00F81A48"/>
     <w:rsid w:val="00F81DE6"/>
     <w:rsid w:val="00F8252A"/>
     <w:rsid w:val="00F8586A"/>
     <w:rsid w:val="00F929F1"/>
     <w:rsid w:val="00F93739"/>
@@ -9508,51 +9430,51 @@
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="028059FF"/>
   <w14:defaultImageDpi w14:val="32767"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{4C10859F-2BE9-4CEB-A2D1-1F2DBFA919C9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="宋体" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11226,51 +11148,51 @@
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid61">
     <w:name w:val="Table Grid61"/>
     <w:basedOn w:val="TableNormal"/>
     <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00E9643A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-AU" w:eastAsia="en-GB"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121120684">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="131288049">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11958,51 +11880,51 @@
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2004354112">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="iso-8859-6"/>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hos.pub/info/publication-ethics" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hos.pub/ho/molecular-science/instructions" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hos.pub/info/publication-ethics" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hos.pub" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hos.pub" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hos.pub" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hos.pub/ho/molecular-science" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///E:\&#24037;&#20316;\layout\templates\HighlightsSustain-template.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -12285,50 +12207,54 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D58140ECE240E84F98178B63062FF24F" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c201a68830ee249f8d596ee3380ac0d0">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="e67aecac-9065-4a7c-8ab6-dfbf785edce7" xmlns:ns4="6fc5e291-2c4e-4869-b2d6-7fb70f2e206a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e95d87a40d1d3ceb6200ace422b05860" ns3:_="" ns4:_="">
     <xsd:import namespace="e67aecac-9065-4a7c-8ab6-dfbf785edce7"/>
     <xsd:import namespace="6fc5e291-2c4e-4869-b2d6-7fb70f2e206a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -12507,128 +12433,124 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{449743AA-26EB-4DA2-A6B5-F0C5683C21F9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F58D971D-0CA9-4949-957E-29AB035234DD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e67aecac-9065-4a7c-8ab6-dfbf785edce7"/>
     <ds:schemaRef ds:uri="6fc5e291-2c4e-4869-b2d6-7fb70f2e206a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1C1C010-BD46-4A7C-8DB4-C5D4F97DD467}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>HighlightsSustain-template.dot</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>6789</Characters>
+  <Pages>4</Pages>
+  <Words>1157</Words>
+  <Characters>6597</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>56</Lines>
+  <Lines>54</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Highlights of Molecular Science Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7965</CharactersWithSpaces>
+  <CharactersWithSpaces>7739</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>5439561</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.hos.pub/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5439561</vt:i4>
       </vt:variant>
       <vt:variant>